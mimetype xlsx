--- v0 (2025-10-06)
+++ v1 (2025-11-20)
@@ -1,507 +1,157 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/xml"/>
-[...7 lines deleted...]
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="image/jpeg" Extension="jpg"/>
+  <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="image/gif" Extension="gif"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...9 lines deleted...]
-</workbook>
+<x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheets>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R15cd6537727a4f8a9e08a9280b42134e"/>
+  </x:sheets>
+</x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
-[...27 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-[...52 lines deleted...]
-</styleSheet>
+<x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:numFmts count="0"/>
+  <x:fonts count="1">
+    <x:font/>
+  </x:fonts>
+  <x:fills count="1">
+    <x:fill/>
+  </x:fills>
+  <x:borders count="1">
+    <x:border/>
+  </x:borders>
+  <x:cellStyleXfs count="1">
+    <x:xf/>
+  </x:cellStyleXfs>
+  <x:cellXfs count="5">
+    <x:xf/>
+    <x:xf/>
+    <x:xf/>
+    <x:xf numFmtId="14" applyNumberFormat="1"/>
+    <x:xf/>
+  </x:cellXfs>
+</x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R15cd6537727a4f8a9e08a9280b42134e" />
+    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-[...279 lines deleted...]
-</a:theme>
+<file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
+    
+</Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
+</file>
+
+<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
-[...76 lines deleted...]
-</worksheet>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:dimension ref="A1:F3"/>
+  <x:sheetViews>
+    <x:sheetView tabSelected="0" workbookViewId="0">
+      <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <x:selection pane="bottomLeft"/>
+    </x:sheetView>
+  </x:sheetViews>
+  <x:cols>
+    <x:col min="1" max="1" width="27.2" customWidth="1"/>
+    <x:col min="2" max="2" width="9.28515625" customWidth="1"/>
+    <x:col min="3" max="3" width="9.28515625" customWidth="1"/>
+    <x:col min="4" max="4" width="9.28515625" customWidth="1"/>
+    <x:col min="5" max="5" width="9.28515625" customWidth="1"/>
+    <x:col min="6" max="6" width="9.28515625" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1">
+      <x:c r="A1" t="str" s="1">
+        <x:v>Name</x:v>
+      </x:c>
+      <x:c r="B1" t="str" s="1">
+        <x:v>Sign</x:v>
+      </x:c>
+      <x:c r="C1" t="str" s="1">
+        <x:v>Measure area</x:v>
+      </x:c>
+      <x:c r="D1" t="str" s="1">
+        <x:v>Date</x:v>
+      </x:c>
+      <x:c r="E1" t="str" s="1">
+        <x:v>Year</x:v>
+      </x:c>
+      <x:c r="F1" t="str" s="1">
+        <x:v>Value</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2">
+      <x:c r="A2" t="str" s="2">
+        <x:v>Andel resor med cykel</x:v>
+      </x:c>
+      <x:c r="B2" t="str" s="2">
+        <x:v>MP.2.2</x:v>
+      </x:c>
+      <x:c r="C2" t="str" s="2">
+        <x:v>Totalt</x:v>
+      </x:c>
+      <x:c r="D2" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E2" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F2" t="n" s="2">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3">
+      <x:c r="A3" t="str" s="2">
+        <x:v>Andel resor med cykel</x:v>
+      </x:c>
+      <x:c r="B3" t="str" s="2">
+        <x:v>MP.2.2</x:v>
+      </x:c>
+      <x:c r="C3" t="str" s="2">
+        <x:v>Totalt</x:v>
+      </x:c>
+      <x:c r="D3" s="3">
+        <x:v>43830</x:v>
+      </x:c>
+      <x:c r="E3" t="n" s="2">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="F3" t="n" s="2">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:drawing r:id="drawing1"/>
+</x:worksheet>
 </file>
-
-[...18 lines deleted...]
-</file>