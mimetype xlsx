--- v1 (2025-11-20)
+++ v2 (2026-01-05)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R15cd6537727a4f8a9e08a9280b42134e"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rf4e3e60d0380497885978d2eabc63c28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R15cd6537727a4f8a9e08a9280b42134e" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf4e3e60d0380497885978d2eabc63c28" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F3"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>