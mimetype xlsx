--- v2 (2026-01-05)
+++ v3 (2026-02-27)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rf4e3e60d0380497885978d2eabc63c28"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R0acd8e928de040518fb9f44a1aa8352a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf4e3e60d0380497885978d2eabc63c28" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0acd8e928de040518fb9f44a1aa8352a" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F3"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>